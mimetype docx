--- v0 (2025-10-16)
+++ v1 (2025-11-05)
@@ -665,84 +665,111 @@
     <w:p w14:paraId="1471C3E2" w14:textId="77777777" w:rsidR="00D22362" w:rsidRPr="00A77EF2" w:rsidRDefault="00D22362" w:rsidP="00D22362">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00A77EF2">
         <w:t>Research ethics statement</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rStyle w:val="Hervorhebung"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:id w:val="-1338919898"/>
         <w:placeholder>
           <w:docPart w:val="0D92048330684B33B33ABEC9447EC2BE"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtContent>
-        <w:p w14:paraId="6B7477EF" w14:textId="77777777" w:rsidR="0030608D" w:rsidRDefault="005A5CE4">
+        <w:p w14:paraId="6B7477EF" w14:textId="058E3860" w:rsidR="0030608D" w:rsidRDefault="005A5CE4">
           <w:pPr>
             <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-            <w:rPr>
-[...3 lines deleted...]
-            </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Hervorhebung"/>
               <w:i w:val="0"/>
               <w:iCs w:val="0"/>
             </w:rPr>
-            <w:t>Add research ethics statement (e</w:t>
+            <w:t>Add research ethics statement (e. g. regarding data protection and anonymity of the participants in the study)</w:t>
+          </w:r>
+          <w:r w:rsidR="006109BE">
+            <w:rPr>
+              <w:rStyle w:val="Hervorhebung"/>
+            </w:rPr>
+            <w:t xml:space="preserve">. </w:t>
+          </w:r>
+          <w:r w:rsidR="00CD0BDE">
+            <w:t xml:space="preserve">The </w:t>
+          </w:r>
+          <w:r w:rsidR="00CD0BDE">
+            <w:t>statement</w:t>
+          </w:r>
+          <w:r w:rsidR="00CD0BDE">
+            <w:t xml:space="preserve"> will be indicated in the publication.</w:t>
+          </w:r>
+          <w:r w:rsidR="00CD0BDE">
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="00C52CDE">
+            <w:t>Add a statement for theoretical papers as well. In case of e</w:t>
+          </w:r>
+          <w:r w:rsidR="00CD0BDE">
+            <w:t>mpirical projects</w:t>
+          </w:r>
+          <w:r w:rsidR="00C52CDE">
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="00264552">
+            <w:t>that work</w:t>
+          </w:r>
+          <w:r w:rsidR="00C52CDE">
+            <w:t xml:space="preserve"> with personal data</w:t>
+          </w:r>
+          <w:r w:rsidR="00CD0BDE">
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="00264552">
+            <w:t xml:space="preserve">and </w:t>
           </w:r>
           <w:proofErr w:type="gramStart"/>
-          <w:r>
-[...5 lines deleted...]
-            <w:t>. g</w:t>
+          <w:r w:rsidR="00264552">
+            <w:t>didn't</w:t>
           </w:r>
           <w:proofErr w:type="gramEnd"/>
-          <w:r>
-[...5 lines deleted...]
-            <w:t>. regarding data protection and anonymity of the participants in the study)</w:t>
+          <w:r w:rsidR="00C52CDE">
+            <w:t xml:space="preserve"> undergo ethical approval</w:t>
+          </w:r>
+          <w:r w:rsidR="00CD0BDE">
+            <w:t>, reasons must be given.</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="6F71A39F" w14:textId="77777777" w:rsidR="008645DB" w:rsidRPr="008645DB" w:rsidRDefault="008645DB" w:rsidP="008645DB">
           <w:pPr>
             <w:rPr>
               <w:rStyle w:val="Hervorhebung"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Hervorhebung"/>
             </w:rPr>
             <w:t>Use for example:</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="759EF3E2" w14:textId="77777777" w:rsidR="008645DB" w:rsidRPr="00577C78" w:rsidRDefault="008645DB" w:rsidP="008645DB">
           <w:pPr>
             <w:rPr>
               <w:rStyle w:val="Hervorhebung"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00577C78">
             <w:rPr>
               <w:rStyle w:val="Hervorhebung"/>
             </w:rPr>
@@ -836,84 +863,90 @@
           <w:r w:rsidRPr="00577C78">
             <w:rPr>
               <w:rStyle w:val="Hervorhebung"/>
             </w:rPr>
             <w:t>Our institution does not require ethics approval for reporting individual cases or case</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Hervorhebung"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="00577C78">
             <w:rPr>
               <w:rStyle w:val="Hervorhebung"/>
             </w:rPr>
             <w:t>series</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Hervorhebung"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="3684F25C" w14:textId="1F081FBE" w:rsidR="008645DB" w:rsidRPr="005A5CE4" w:rsidRDefault="008645DB" w:rsidP="008645DB">
+        <w:p w14:paraId="3684F25C" w14:textId="6E50241E" w:rsidR="008645DB" w:rsidRPr="005A5CE4" w:rsidRDefault="008645DB" w:rsidP="008645DB">
           <w:pPr>
             <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
             <w:rPr>
               <w:rStyle w:val="Hervorhebung"/>
               <w:i w:val="0"/>
               <w:iCs w:val="0"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00577C78">
             <w:rPr>
               <w:rStyle w:val="Hervorhebung"/>
             </w:rPr>
             <w:t xml:space="preserve">This research did not require </w:t>
           </w:r>
           <w:r w:rsidRPr="008645DB">
             <w:rPr>
               <w:rStyle w:val="Hervorhebung"/>
             </w:rPr>
             <w:t xml:space="preserve">ethical approval </w:t>
           </w:r>
           <w:proofErr w:type="spellStart"/>
           <w:r w:rsidRPr="008645DB">
             <w:rPr>
               <w:rStyle w:val="Hervorhebung"/>
             </w:rPr>
             <w:t>approval</w:t>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
           <w:r w:rsidRPr="008645DB">
             <w:rPr>
               <w:rStyle w:val="Hervorhebung"/>
             </w:rPr>
-            <w:t xml:space="preserve"> because *REASON*.</w:t>
+            <w:t xml:space="preserve"> because *REASON*</w:t>
+          </w:r>
+          <w:r w:rsidR="006109BE">
+            <w:rPr>
+              <w:rStyle w:val="Hervorhebung"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="6E2A0CEC" w14:textId="77777777" w:rsidR="00402686" w:rsidRDefault="005A5CE4" w:rsidP="005A5CE4">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hervorhebung"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hervorhebung"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>Information about the submitted manuscript</w:t>
       </w:r>
@@ -1096,50 +1129,51 @@
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00402686" w:rsidRPr="00402686" w14:paraId="09A290D7" w14:textId="77777777" w:rsidTr="00402686">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22906FA1" w14:textId="77777777" w:rsidR="00402686" w:rsidRPr="00402686" w:rsidRDefault="00402686" w:rsidP="003B2D30">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hervorhebung"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402686">
               <w:rPr>
                 <w:rStyle w:val="Hervorhebung"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>number of tables</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hervorhebung"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Hervorhebung"/>
               <w:i w:val="0"/>
               <w:iCs w:val="0"/>
             </w:rPr>
             <w:tag w:val="Tag"/>
             <w:id w:val="-2020378989"/>
             <w:placeholder>
               <w:docPart w:val="6674BD58C8F34F83BA8C33DD26E9D00B"/>
             </w:placeholder>
             <w15:color w:val="FFFFFF"/>
@@ -1169,51 +1203,50 @@
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00402686" w:rsidRPr="00D22362" w14:paraId="5FF170A0" w14:textId="77777777" w:rsidTr="00402686">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C9B3B0F" w14:textId="77777777" w:rsidR="00402686" w:rsidRPr="00D22362" w:rsidRDefault="00402686" w:rsidP="003B2D30">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hervorhebung"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402686">
               <w:rPr>
                 <w:rStyle w:val="Hervorhebung"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>number of figures</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hervorhebung"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Hervorhebung"/>
               <w:i w:val="0"/>
               <w:iCs w:val="0"/>
             </w:rPr>
             <w:tag w:val="Tag"/>
             <w:id w:val="1435472604"/>
             <w:placeholder>
               <w:docPart w:val="0E77F0A6BAFF4C26A903AC96EC93FA54"/>
             </w:placeholder>
             <w15:color w:val="FFFFFF"/>
@@ -1249,160 +1282,160 @@
     <w:p w14:paraId="4C7A9C17" w14:textId="77777777" w:rsidR="00402686" w:rsidRPr="00D22362" w:rsidRDefault="00402686" w:rsidP="00402686">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hervorhebung"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00402686" w:rsidRPr="00D22362" w:rsidSect="002A4924">
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:headerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1418" w:left="1418" w:header="709" w:footer="454" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E076429" w14:textId="77777777" w:rsidR="00C3432D" w:rsidRDefault="00C3432D" w:rsidP="00A76598">
+    <w:p w14:paraId="04040E88" w14:textId="77777777" w:rsidR="00205951" w:rsidRDefault="00205951" w:rsidP="00A76598">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="65CF7A34" w14:textId="77777777" w:rsidR="00C3432D" w:rsidRDefault="00C3432D" w:rsidP="00A76598">
+    <w:p w14:paraId="7930F4EE" w14:textId="77777777" w:rsidR="00205951" w:rsidRDefault="00205951" w:rsidP="00A76598">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="25BF8CAF" w14:textId="77777777" w:rsidR="00C3432D" w:rsidRDefault="00C3432D">
+    <w:p w14:paraId="0CD47F3C" w14:textId="77777777" w:rsidR="00205951" w:rsidRDefault="00205951">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman (Textkörper CS)">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4495D06E" w14:textId="77777777" w:rsidR="00C3432D" w:rsidRPr="00ED0D02" w:rsidRDefault="00C3432D" w:rsidP="00ED0D02">
+    <w:p w14:paraId="34B01E04" w14:textId="77777777" w:rsidR="00205951" w:rsidRPr="00ED0D02" w:rsidRDefault="00205951" w:rsidP="00ED0D02">
       <w:pPr>
         <w:pStyle w:val="Fuzeile"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="725FC9A0" w14:textId="77777777" w:rsidR="00C3432D" w:rsidRDefault="00C3432D" w:rsidP="00A76598">
+    <w:p w14:paraId="30A07047" w14:textId="77777777" w:rsidR="00205951" w:rsidRDefault="00205951" w:rsidP="00A76598">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="705AC9F7" w14:textId="77777777" w:rsidR="00C3432D" w:rsidRDefault="00C3432D">
+    <w:p w14:paraId="1EEF1C85" w14:textId="77777777" w:rsidR="00205951" w:rsidRDefault="00205951">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2A647323" w14:textId="30EAE1FF" w:rsidR="002C19F1" w:rsidRDefault="002C19F1" w:rsidP="002C19F1">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
@@ -4357,55 +4390,57 @@
     <w:rsid w:val="000B1CC1"/>
     <w:rsid w:val="000D2220"/>
     <w:rsid w:val="000E168B"/>
     <w:rsid w:val="000E5CC1"/>
     <w:rsid w:val="000E60E4"/>
     <w:rsid w:val="000F7F62"/>
     <w:rsid w:val="001003F7"/>
     <w:rsid w:val="00106EAE"/>
     <w:rsid w:val="001149D2"/>
     <w:rsid w:val="00123EA6"/>
     <w:rsid w:val="00137347"/>
     <w:rsid w:val="00147A55"/>
     <w:rsid w:val="00153B0B"/>
     <w:rsid w:val="00156BA9"/>
     <w:rsid w:val="0017704A"/>
     <w:rsid w:val="00180D32"/>
     <w:rsid w:val="00193861"/>
     <w:rsid w:val="001947F9"/>
     <w:rsid w:val="00196230"/>
     <w:rsid w:val="001A20CD"/>
     <w:rsid w:val="001B74C4"/>
     <w:rsid w:val="001D1088"/>
     <w:rsid w:val="001E544A"/>
     <w:rsid w:val="001F2C62"/>
     <w:rsid w:val="00203DDE"/>
+    <w:rsid w:val="00205951"/>
     <w:rsid w:val="00210CBB"/>
     <w:rsid w:val="00213675"/>
     <w:rsid w:val="002259EE"/>
     <w:rsid w:val="0024024F"/>
     <w:rsid w:val="0025026F"/>
+    <w:rsid w:val="00264552"/>
     <w:rsid w:val="00270014"/>
     <w:rsid w:val="0027110C"/>
     <w:rsid w:val="002862B5"/>
     <w:rsid w:val="00287478"/>
     <w:rsid w:val="0029605A"/>
     <w:rsid w:val="002A27DF"/>
     <w:rsid w:val="002A35B0"/>
     <w:rsid w:val="002A4924"/>
     <w:rsid w:val="002B2F65"/>
     <w:rsid w:val="002B467D"/>
     <w:rsid w:val="002C19F1"/>
     <w:rsid w:val="002C4F5E"/>
     <w:rsid w:val="002E36CF"/>
     <w:rsid w:val="002E413E"/>
     <w:rsid w:val="002E53C4"/>
     <w:rsid w:val="002E7766"/>
     <w:rsid w:val="00301DA9"/>
     <w:rsid w:val="0030608D"/>
     <w:rsid w:val="00315034"/>
     <w:rsid w:val="00322CCA"/>
     <w:rsid w:val="00326FF4"/>
     <w:rsid w:val="0034254B"/>
     <w:rsid w:val="003431E3"/>
     <w:rsid w:val="00351B21"/>
     <w:rsid w:val="003575CA"/>
@@ -4447,75 +4482,77 @@
     <w:rsid w:val="004F6748"/>
     <w:rsid w:val="005039E3"/>
     <w:rsid w:val="0051448B"/>
     <w:rsid w:val="00533795"/>
     <w:rsid w:val="00544C4E"/>
     <w:rsid w:val="00557C33"/>
     <w:rsid w:val="00566DC5"/>
     <w:rsid w:val="00572350"/>
     <w:rsid w:val="0057705E"/>
     <w:rsid w:val="005877A6"/>
     <w:rsid w:val="00595194"/>
     <w:rsid w:val="005A030D"/>
     <w:rsid w:val="005A3401"/>
     <w:rsid w:val="005A5CE4"/>
     <w:rsid w:val="005A5E71"/>
     <w:rsid w:val="005A7717"/>
     <w:rsid w:val="005C3306"/>
     <w:rsid w:val="005C69AA"/>
     <w:rsid w:val="005C7948"/>
     <w:rsid w:val="005D06CF"/>
     <w:rsid w:val="005E2EF6"/>
     <w:rsid w:val="005E4E6F"/>
     <w:rsid w:val="005F0594"/>
     <w:rsid w:val="005F7D3F"/>
     <w:rsid w:val="00607F7C"/>
+    <w:rsid w:val="006109BE"/>
     <w:rsid w:val="00612744"/>
     <w:rsid w:val="00630FC0"/>
     <w:rsid w:val="00633A4F"/>
     <w:rsid w:val="00641895"/>
     <w:rsid w:val="0066037F"/>
     <w:rsid w:val="00672C6E"/>
     <w:rsid w:val="00687A4C"/>
     <w:rsid w:val="006B339C"/>
     <w:rsid w:val="006C137F"/>
     <w:rsid w:val="006D02C9"/>
     <w:rsid w:val="006D1010"/>
     <w:rsid w:val="006D5C07"/>
     <w:rsid w:val="006F4D85"/>
     <w:rsid w:val="00704ABD"/>
     <w:rsid w:val="00710CED"/>
     <w:rsid w:val="00730FF8"/>
     <w:rsid w:val="00736060"/>
     <w:rsid w:val="0073767C"/>
     <w:rsid w:val="00742C61"/>
     <w:rsid w:val="007531B9"/>
     <w:rsid w:val="007573C3"/>
     <w:rsid w:val="00757602"/>
     <w:rsid w:val="00787602"/>
     <w:rsid w:val="00787B51"/>
     <w:rsid w:val="00796720"/>
+    <w:rsid w:val="007A1F93"/>
     <w:rsid w:val="007B54E7"/>
     <w:rsid w:val="007B5F03"/>
     <w:rsid w:val="007C2CBA"/>
     <w:rsid w:val="007D27D0"/>
     <w:rsid w:val="007D3D38"/>
     <w:rsid w:val="007D5911"/>
     <w:rsid w:val="007D776F"/>
     <w:rsid w:val="007E3C24"/>
     <w:rsid w:val="007F05CD"/>
     <w:rsid w:val="007F4D9C"/>
     <w:rsid w:val="007F69B7"/>
     <w:rsid w:val="00823D1A"/>
     <w:rsid w:val="00831024"/>
     <w:rsid w:val="00835322"/>
     <w:rsid w:val="00837E53"/>
     <w:rsid w:val="0084310F"/>
     <w:rsid w:val="00846B2E"/>
     <w:rsid w:val="0085604D"/>
     <w:rsid w:val="00856097"/>
     <w:rsid w:val="00856E86"/>
     <w:rsid w:val="0085753F"/>
     <w:rsid w:val="008645DB"/>
     <w:rsid w:val="00872A31"/>
     <w:rsid w:val="00875429"/>
     <w:rsid w:val="008805AE"/>
@@ -4533,97 +4570,100 @@
     <w:rsid w:val="00923475"/>
     <w:rsid w:val="0093668C"/>
     <w:rsid w:val="00952F27"/>
     <w:rsid w:val="009545D3"/>
     <w:rsid w:val="00976795"/>
     <w:rsid w:val="00981124"/>
     <w:rsid w:val="00981360"/>
     <w:rsid w:val="00986379"/>
     <w:rsid w:val="00986B25"/>
     <w:rsid w:val="009D65FB"/>
     <w:rsid w:val="009E55BD"/>
     <w:rsid w:val="009E67A7"/>
     <w:rsid w:val="00A179EE"/>
     <w:rsid w:val="00A22A94"/>
     <w:rsid w:val="00A30180"/>
     <w:rsid w:val="00A44E09"/>
     <w:rsid w:val="00A5737E"/>
     <w:rsid w:val="00A723BF"/>
     <w:rsid w:val="00A76598"/>
     <w:rsid w:val="00A77A67"/>
     <w:rsid w:val="00A77EF2"/>
     <w:rsid w:val="00A8654D"/>
     <w:rsid w:val="00AA0020"/>
     <w:rsid w:val="00AB1BA3"/>
     <w:rsid w:val="00AC0F7D"/>
+    <w:rsid w:val="00AC123C"/>
     <w:rsid w:val="00AC1D9F"/>
     <w:rsid w:val="00AC5B16"/>
     <w:rsid w:val="00AD0482"/>
     <w:rsid w:val="00AD0C43"/>
     <w:rsid w:val="00AD1E8F"/>
     <w:rsid w:val="00B01A9B"/>
     <w:rsid w:val="00B22B80"/>
     <w:rsid w:val="00B253C0"/>
     <w:rsid w:val="00B33577"/>
     <w:rsid w:val="00B3365E"/>
     <w:rsid w:val="00B37AD0"/>
     <w:rsid w:val="00B44876"/>
     <w:rsid w:val="00B534BF"/>
     <w:rsid w:val="00B77D37"/>
     <w:rsid w:val="00BB2D29"/>
     <w:rsid w:val="00BC0FB7"/>
     <w:rsid w:val="00BC77FA"/>
     <w:rsid w:val="00BE2EDC"/>
     <w:rsid w:val="00BE558E"/>
     <w:rsid w:val="00BF091D"/>
     <w:rsid w:val="00BF4829"/>
     <w:rsid w:val="00BF7C24"/>
     <w:rsid w:val="00C00E02"/>
     <w:rsid w:val="00C22AE2"/>
     <w:rsid w:val="00C26422"/>
     <w:rsid w:val="00C26498"/>
     <w:rsid w:val="00C26966"/>
     <w:rsid w:val="00C3198B"/>
     <w:rsid w:val="00C33948"/>
     <w:rsid w:val="00C3432D"/>
     <w:rsid w:val="00C46B98"/>
     <w:rsid w:val="00C50216"/>
+    <w:rsid w:val="00C52CDE"/>
     <w:rsid w:val="00C536C2"/>
     <w:rsid w:val="00C55850"/>
     <w:rsid w:val="00C61A5C"/>
     <w:rsid w:val="00C6609C"/>
     <w:rsid w:val="00C85E41"/>
     <w:rsid w:val="00C86E2E"/>
     <w:rsid w:val="00C94230"/>
     <w:rsid w:val="00CA50DE"/>
     <w:rsid w:val="00CA61CB"/>
     <w:rsid w:val="00CB4991"/>
     <w:rsid w:val="00CB5FB2"/>
     <w:rsid w:val="00CC1D22"/>
     <w:rsid w:val="00CC4962"/>
     <w:rsid w:val="00CC7BF8"/>
     <w:rsid w:val="00CD0785"/>
+    <w:rsid w:val="00CD0BDE"/>
     <w:rsid w:val="00CD50F1"/>
     <w:rsid w:val="00CE1962"/>
     <w:rsid w:val="00CE2B5E"/>
     <w:rsid w:val="00CE6216"/>
     <w:rsid w:val="00D1643D"/>
     <w:rsid w:val="00D22362"/>
     <w:rsid w:val="00D30265"/>
     <w:rsid w:val="00D3041C"/>
     <w:rsid w:val="00D3108D"/>
     <w:rsid w:val="00D36B2A"/>
     <w:rsid w:val="00D40A08"/>
     <w:rsid w:val="00D456E5"/>
     <w:rsid w:val="00D464A3"/>
     <w:rsid w:val="00D54C8B"/>
     <w:rsid w:val="00D56AB9"/>
     <w:rsid w:val="00D6629C"/>
     <w:rsid w:val="00D778D9"/>
     <w:rsid w:val="00DA5B74"/>
     <w:rsid w:val="00DD0651"/>
     <w:rsid w:val="00DD510E"/>
     <w:rsid w:val="00DF7D0C"/>
     <w:rsid w:val="00E24705"/>
     <w:rsid w:val="00E30844"/>
     <w:rsid w:val="00E3150D"/>
     <w:rsid w:val="00E36996"/>
@@ -6827,51 +6867,51 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman (Textkörper CS)">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
@@ -6891,53 +6931,55 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E41BC9"/>
     <w:rsid w:val="000B1CC1"/>
+    <w:rsid w:val="001C3940"/>
     <w:rsid w:val="002520C4"/>
     <w:rsid w:val="005A231A"/>
     <w:rsid w:val="00715B5B"/>
+    <w:rsid w:val="007A1F93"/>
     <w:rsid w:val="00E41BC9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -7738,73 +7780,74 @@
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
   <PublishDate/>
   <Abstract/>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100364FBB013D94784AABE52610453F3C73" ma:contentTypeVersion="14" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="3ecc7f37e32af936a4477bcdd01637a9">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4006581c-e9d6-49d1-95d5-5afadf44dc18" xmlns:ns3="193247cf-7c67-40b2-8e8b-b79a2f232ee1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="959b9a92770894beee8325cafd0f236f" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100364FBB013D94784AABE52610453F3C73" ma:contentTypeVersion="15" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="ec428a4cdfcd2f94a693b3efde7826c1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4006581c-e9d6-49d1-95d5-5afadf44dc18" xmlns:ns3="193247cf-7c67-40b2-8e8b-b79a2f232ee1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f13f1cdb24b2010300b96deb07e5aecf" ns2:_="" ns3:_="">
     <xsd:import namespace="4006581c-e9d6-49d1-95d5-5afadf44dc18"/>
     <xsd:import namespace="193247cf-7c67-40b2-8e8b-b79a2f232ee1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4006581c-e9d6-49d1-95d5-5afadf44dc18" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -7823,50 +7866,55 @@
     <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="193247cf-7c67-40b2-8e8b-b79a2f232ee1" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="13" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{3f3cffc8-7a00-4570-90b8-89d5baad2a78}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="193247cf-7c67-40b2-8e8b-b79a2f232ee1">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Freigegeben für" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
@@ -7967,165 +8015,165 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...11 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="4006581c-e9d6-49d1-95d5-5afadf44dc18">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="193247cf-7c67-40b2-8e8b-b79a2f232ee1" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A322F25F-6AEA-44F5-8A23-2EC790040FD9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{903E9A5A-ADCE-4967-9529-16BF7E6F0018}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="4006581c-e9d6-49d1-95d5-5afadf44dc18"/>
     <ds:schemaRef ds:uri="193247cf-7c67-40b2-8e8b-b79a2f232ee1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB1C95AB-8B50-482E-A973-ABEFDB417D24}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41BBBC6F-0B06-4BB0-A849-9348709A9EDC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4006581c-e9d6-49d1-95d5-5afadf44dc18"/>
+    <ds:schemaRef ds:uri="193247cf-7c67-40b2-8e8b-b79a2f232ee1"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{59CD317E-5156-4C3B-90E9-8DED7CA2EC5E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41BBBC6F-0B06-4BB0-A849-9348709A9EDC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB1C95AB-8B50-482E-A973-ABEFDB417D24}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="193247cf-7c67-40b2-8e8b-b79a2f232ee1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2684</Characters>
+  <Pages>3</Pages>
+  <Words>456</Words>
+  <Characters>2873</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
+  <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>paper htce</vt:lpstr>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3103</CharactersWithSpaces>
+  <CharactersWithSpaces>3323</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="84" baseType="variant">
       <vt:variant>
         <vt:i4>852056</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>66</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://apastyle.apa.org/style-grammar-guidelines/references/examples/journal-article-references</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2293869</vt:i4>
       </vt:variant>
@@ -8364,32 +8412,32 @@
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>paper htce</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010019F9EC43C3EC6C4F801E7AAA80A3BF26</vt:lpwstr>
+    <vt:lpwstr>0x010100364FBB013D94784AABE52610453F3C73</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>